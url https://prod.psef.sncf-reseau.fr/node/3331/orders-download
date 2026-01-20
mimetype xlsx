--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -4,73 +4,93 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="25601"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileSharing readOnlyRecommended="1"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\05-ART\23 - Saisine ORM 2024 et 2025 du 29-09-2023\12 - Publication provisoire 2025 (avant ajustement)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sncf-my.sharepoint.com/personal/6513618v_commun_ad_sncf_fr/Documents/1-One Drive SQ Régulation Voyageurs/0-Publication PSEF/5-ORM 2026 version d/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{366D49D5-7921-4D7C-BBE0-CCB02E88DAD7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="8_{AF70B036-78E9-4540-8C8A-C66B761305E8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{71BD6093-0A71-40F9-8432-72F76EC9275B}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Prestations logistiques" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Feuil1!$A$1:$L$58</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Prestations logistiques'!$A$1:$L$58</definedName>
   </definedNames>
-  <calcPr calcId="145621" concurrentCalc="0"/>
+  <calcPr calcId="191028"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="46">
+  <si>
+    <t xml:space="preserve">BORDEREAU pour la fourniture de combustible et d'accès aux installations de distribution de sable et aux passerelles de visite de toiture </t>
+  </si>
   <si>
     <t>Etablissement</t>
   </si>
   <si>
     <t>Unité</t>
   </si>
   <si>
     <t>Site</t>
   </si>
   <si>
     <t>N° de téléphone</t>
   </si>
   <si>
     <t>Nom de l'Entreprise Ferroviaire / du Candidat :</t>
   </si>
   <si>
     <t>Site demandé :</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Coordonnées précises du demandeur :
 (identité, adresse, portable, mail/fax) 
 et fonction : </t>
     </r>
     <r>
@@ -90,166 +110,154 @@
     <t>Constatées/réalisées par l'Exploitant</t>
   </si>
   <si>
     <t>Date et
 heure</t>
   </si>
   <si>
     <t>d'Entrée</t>
   </si>
   <si>
     <t>le ……………………………..</t>
   </si>
   <si>
     <t>à ………………….</t>
   </si>
   <si>
     <t>le ………………………….</t>
   </si>
   <si>
     <t>à ……………………….</t>
   </si>
   <si>
     <t>de Sortie</t>
   </si>
   <si>
+    <t>Prestation de pilotage dans les sites Directement Accessibles (DA)</t>
+  </si>
+  <si>
     <t>OUI</t>
   </si>
   <si>
     <t>¨</t>
   </si>
   <si>
     <t>NON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Accès à des installations de maintenance et/ou de nettoyage au cours de la même entrée/sortie </t>
   </si>
   <si>
     <t xml:space="preserve">Fourniture de </t>
   </si>
   <si>
     <t>Gazole</t>
   </si>
   <si>
     <t>Engin N°</t>
   </si>
   <si>
     <t>………………….</t>
   </si>
   <si>
     <t>litres</t>
   </si>
   <si>
     <t>Prestation de distribution</t>
   </si>
   <si>
+    <t>B100 (si proposé sur la station. Se référer à l'annexe B de l'ORC)</t>
+  </si>
+  <si>
+    <t>Accès à</t>
+  </si>
+  <si>
     <t>Passerelle de visite de toiture</t>
   </si>
   <si>
     <t>Fourniture d'un de complément de</t>
+  </si>
+  <si>
+    <t>Sable</t>
   </si>
   <si>
     <t>Liquide lave-vitre</t>
   </si>
   <si>
     <t>Liquide de refroidissement</t>
   </si>
   <si>
     <t>Huile moteur</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Date et heure de la demande de l'EF / du Candidat</t>
   </si>
   <si>
     <t>Date et heure de la réalisation par l'exploitant</t>
   </si>
   <si>
     <t>le ……………………………….</t>
   </si>
   <si>
     <t>à …………………..</t>
   </si>
   <si>
     <t>le ……………………………</t>
   </si>
   <si>
     <t xml:space="preserve">Signature </t>
   </si>
   <si>
     <t>NOM et signature du représentant de l'EF / du Candidat</t>
   </si>
   <si>
     <t>Visa du représentant de l'exploitant</t>
   </si>
   <si>
     <t>Tampon</t>
   </si>
   <si>
-    <t xml:space="preserve">Accès à des installations de maintenance et/ou de nettoyage au cours de la même entrée/sortie </t>
-[...23 lines deleted...]
- EN COMBUSTIBLE</t>
+    <r>
+      <t xml:space="preserve">Je reconnais avoir pris connaissance de l’Offre de Référence associée aux prestations demandées à la date de ma demande et m’engage en conséquence à n’utiliser que des engins compatibles avec les voies dont les caractéristiques sont indiquées </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color indexed="60"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>et à ne faire intervenir le cas échéant que du personnel dûment formé à l'utilisation des installations qu'il serait amené à utiliser en autonomie.</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -282,50 +290,56 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="60"/>
       <name val="Arial Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF6FE8C"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="80">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1248,440 +1262,414 @@
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color rgb="FFF52BEB"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thick">
         <color rgb="FFF52BEB"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="197">
+  <cellXfs count="187">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="66" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="67" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="68" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="69" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="30" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="70" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="72" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="27" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...209 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -1697,179 +1685,184 @@
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="23" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="18" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="17" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="37" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="64" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="31" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="51" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FFF6FE8C"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>8</xdr:col>
       <xdr:colOff>1960407</xdr:colOff>
@@ -1921,179 +1914,117 @@
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="fr-FR" sz="1050" b="0"/>
             <a:t>A compléter par</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="fr-FR" sz="1050" b="0"/>
             <a:t>l'Exploitant</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>0</xdr:col>
-      <xdr:colOff>8283</xdr:colOff>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>171450</xdr:colOff>
       <xdr:row>6</xdr:row>
-      <xdr:rowOff>44860</xdr:rowOff>
+      <xdr:rowOff>9526</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>526241</xdr:colOff>
+      <xdr:colOff>1154891</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>289016</xdr:rowOff>
+      <xdr:rowOff>308067</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="14" name="ZoneTexte 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000E000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="8283" y="873121"/>
-          <a:ext cx="1383195" cy="375336"/>
+          <a:off x="619125" y="981076"/>
+          <a:ext cx="1631141" cy="441416"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
-        <a:noFill/>
+        <a:solidFill>
+          <a:srgbClr val="F6FE8C"/>
+        </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="fr-FR" sz="1050" b="0"/>
             <a:t>A compléter par l'EF</a:t>
           </a:r>
         </a:p>
         <a:p>
           <a:pPr algn="ctr"/>
           <a:r>
             <a:rPr lang="fr-FR" sz="1050" b="0"/>
             <a:t>/  le Candidat</a:t>
           </a:r>
-        </a:p>
-[...62 lines deleted...]
-          <a:endParaRPr lang="fr-FR" sz="1200" b="1"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>24849</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>60045</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>272839</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>50407</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="12" name="ZoneTexte 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-00000C000000}"/>
             </a:ext>
@@ -2725,76 +2656,76 @@
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="fr-FR"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>8</xdr:col>
-      <xdr:colOff>1228560</xdr:colOff>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>95251</xdr:colOff>
       <xdr:row>6</xdr:row>
-      <xdr:rowOff>69733</xdr:rowOff>
+      <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>9</xdr:col>
-      <xdr:colOff>29198</xdr:colOff>
+      <xdr:col>11</xdr:col>
+      <xdr:colOff>314325</xdr:colOff>
       <xdr:row>7</xdr:row>
-      <xdr:rowOff>262222</xdr:rowOff>
+      <xdr:rowOff>285750</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="24" name="ZoneTexte 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000018000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5750202" y="890374"/>
-          <a:ext cx="772769" cy="340830"/>
+          <a:off x="7000876" y="1000125"/>
+          <a:ext cx="1266824" cy="400050"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="28575" cmpd="sng">
           <a:solidFill>
             <a:srgbClr val="F52BEB"/>
           </a:solidFill>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -3647,201 +3578,316 @@
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="fr-FR"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>104775</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>514350</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="3" name="ZoneTexte 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F46025E1-94CD-7ADB-5B5C-04C034814DF7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="104775" y="161925"/>
+          <a:ext cx="2819400" cy="666750"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:ln w="9525" cmpd="sng">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="ctr"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1100"/>
+            <a:t>OFFRE DE REFERENCE DE MAINTENANCE DE SNCF VOYAGEURS VALABLE POUR L'HORAIRE DE SERVICE 2026 - ANNEXE 2.5</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>1123950</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>142874</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>19050</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>123825</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="4" name="ZoneTexte 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD0FB043-6FE6-F1D2-1AAF-560F203441F1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3533775" y="142874"/>
+          <a:ext cx="3390900" cy="952501"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:solidFill>
+          <a:schemeClr val="lt1"/>
+        </a:solidFill>
+        <a:ln w="9525" cmpd="sng">
+          <a:solidFill>
+            <a:schemeClr val="lt1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:ln>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="dk1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="square" rtlCol="0" anchor="t"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="ctr"/>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1100"/>
+            <a:t>OFFRE DE REFERENCE DE SNCF COMBUSTIBLE VALABLE POUR L'HORAIRE DE SERVICE 2026</a:t>
+          </a:r>
+          <a:br>
+            <a:rPr lang="fr-FR" sz="1100"/>
+          </a:br>
+          <a:r>
+            <a:rPr lang="fr-FR" sz="1100"/>
+            <a:t>CONTRAT NATIONAL D’UTILISATION DES INSTALLATIONS ET EQUIPEMENTS PERMETTANT L’APPROVISIONNEMENT EN COMBUSTIBLE</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -3978,1354 +4024,1318 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S58"/>
+  <dimension ref="A1:R58"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17:D18"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="6.7109375" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="13" max="13" width="2.28515625" customWidth="1"/>
+    <col min="1" max="1" width="6.7265625" customWidth="1"/>
+    <col min="2" max="2" width="9.7265625" customWidth="1"/>
+    <col min="3" max="4" width="19.7265625" customWidth="1"/>
+    <col min="5" max="5" width="5.26953125" customWidth="1"/>
+    <col min="6" max="6" width="3.7265625" customWidth="1"/>
+    <col min="7" max="7" width="5.26953125" customWidth="1"/>
+    <col min="8" max="8" width="3.7265625" customWidth="1"/>
+    <col min="9" max="9" width="29.7265625" customWidth="1"/>
+    <col min="10" max="10" width="7.1796875" customWidth="1"/>
+    <col min="11" max="11" width="8.54296875" customWidth="1"/>
+    <col min="12" max="12" width="5.54296875" customWidth="1"/>
+    <col min="13" max="13" width="2.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-      <c r="J1" s="88"/>
+    <row r="1" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="80"/>
+      <c r="B1" s="80"/>
+      <c r="C1" s="80"/>
+      <c r="D1" s="80"/>
+      <c r="E1" s="80"/>
+      <c r="F1" s="119"/>
+      <c r="G1" s="119"/>
+      <c r="H1" s="119"/>
+      <c r="I1" s="119"/>
+      <c r="J1" s="79"/>
     </row>
-    <row r="2" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J2" s="88"/>
+    <row r="2" spans="1:18" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="80"/>
+      <c r="B2" s="80"/>
+      <c r="C2" s="80"/>
+      <c r="D2" s="80"/>
+      <c r="E2" s="80"/>
+      <c r="F2" s="119"/>
+      <c r="G2" s="119"/>
+      <c r="H2" s="119"/>
+      <c r="I2" s="119"/>
+      <c r="J2" s="79"/>
     </row>
-    <row r="3" spans="1:18" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J3" s="88"/>
+    <row r="3" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A3" s="79"/>
+      <c r="B3" s="79"/>
+      <c r="C3" s="79"/>
+      <c r="D3" s="79"/>
+      <c r="E3" s="79"/>
+      <c r="F3" s="119"/>
+      <c r="G3" s="119"/>
+      <c r="H3" s="119"/>
+      <c r="I3" s="119"/>
+      <c r="J3" s="79"/>
     </row>
-    <row r="4" spans="1:18" x14ac:dyDescent="0.2">
-[...9 lines deleted...]
-      <c r="J4" s="88"/>
+    <row r="4" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A4" s="79"/>
+      <c r="B4" s="79"/>
+      <c r="C4" s="79"/>
+      <c r="D4" s="79"/>
+      <c r="E4" s="79"/>
+      <c r="F4" s="119"/>
+      <c r="G4" s="119"/>
+      <c r="H4" s="119"/>
+      <c r="I4" s="119"/>
+      <c r="J4" s="79"/>
     </row>
-    <row r="5" spans="1:18" x14ac:dyDescent="0.2">
-      <c r="A5" s="45"/>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A5" s="43"/>
     </row>
-    <row r="7" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-      <c r="A9" s="92" t="s">
+    <row r="7" spans="1:18" ht="11.25" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="8" spans="1:18" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="9" spans="1:18" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="B9" s="85"/>
+      <c r="C9" s="85"/>
+      <c r="D9" s="85"/>
+      <c r="E9" s="90" t="s">
+        <v>1</v>
+      </c>
+      <c r="F9" s="91"/>
+      <c r="G9" s="91"/>
+      <c r="H9" s="91"/>
+      <c r="I9" s="92"/>
+      <c r="J9" s="15"/>
+      <c r="K9" s="16"/>
+      <c r="L9" s="17"/>
+    </row>
+    <row r="10" spans="1:18" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="86"/>
+      <c r="B10" s="87"/>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="93" t="s">
+        <v>2</v>
+      </c>
+      <c r="F10" s="94"/>
+      <c r="G10" s="94"/>
+      <c r="H10" s="94"/>
+      <c r="I10" s="95"/>
+      <c r="J10" s="3"/>
+      <c r="K10" s="14"/>
+      <c r="L10" s="18"/>
+    </row>
+    <row r="11" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="86"/>
+      <c r="B11" s="87"/>
+      <c r="C11" s="87"/>
+      <c r="D11" s="87"/>
+      <c r="E11" s="93" t="s">
+        <v>3</v>
+      </c>
+      <c r="F11" s="94"/>
+      <c r="G11" s="94"/>
+      <c r="H11" s="94"/>
+      <c r="I11" s="95"/>
+      <c r="J11" s="3"/>
+      <c r="K11" s="14"/>
+      <c r="L11" s="18"/>
+    </row>
+    <row r="12" spans="1:18" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="88"/>
+      <c r="B12" s="89"/>
+      <c r="C12" s="89"/>
+      <c r="D12" s="89"/>
+      <c r="E12" s="96" t="s">
+        <v>4</v>
+      </c>
+      <c r="F12" s="97"/>
+      <c r="G12" s="97"/>
+      <c r="H12" s="97"/>
+      <c r="I12" s="98"/>
+      <c r="J12" s="19"/>
+      <c r="K12" s="19"/>
+      <c r="L12" s="20"/>
+    </row>
+    <row r="13" spans="1:18" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="4"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
+      <c r="I13" s="1"/>
+      <c r="J13" s="2"/>
+      <c r="K13" s="2"/>
+      <c r="L13" s="2"/>
+    </row>
+    <row r="14" spans="1:18" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="140" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="140"/>
+      <c r="C14" s="141"/>
+      <c r="D14" s="102"/>
+      <c r="E14" s="103"/>
+      <c r="F14" s="103"/>
+      <c r="G14" s="103"/>
+      <c r="H14" s="104"/>
+      <c r="I14" s="127" t="s">
+        <v>6</v>
+      </c>
+      <c r="J14" s="102"/>
+      <c r="K14" s="103"/>
+      <c r="L14" s="104"/>
+      <c r="N14" s="120"/>
+      <c r="O14" s="120"/>
+      <c r="P14" s="120"/>
+      <c r="Q14" s="120"/>
+      <c r="R14" s="120"/>
+    </row>
+    <row r="15" spans="1:18" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="140"/>
+      <c r="B15" s="140"/>
+      <c r="C15" s="141"/>
+      <c r="D15" s="105"/>
+      <c r="E15" s="106"/>
+      <c r="F15" s="106"/>
+      <c r="G15" s="106"/>
+      <c r="H15" s="107"/>
+      <c r="I15" s="127"/>
+      <c r="J15" s="105"/>
+      <c r="K15" s="106"/>
+      <c r="L15" s="107"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+    </row>
+    <row r="16" spans="1:18" ht="13" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="17" spans="1:12" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="137" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="138"/>
+      <c r="C17" s="138"/>
+      <c r="D17" s="139"/>
+      <c r="E17" s="111"/>
+      <c r="F17" s="112"/>
+      <c r="G17" s="112"/>
+      <c r="H17" s="112"/>
+      <c r="I17" s="112"/>
+      <c r="J17" s="112"/>
+      <c r="K17" s="112"/>
+      <c r="L17" s="113"/>
+    </row>
+    <row r="18" spans="1:12" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="138"/>
+      <c r="B18" s="138"/>
+      <c r="C18" s="138"/>
+      <c r="D18" s="139"/>
+      <c r="E18" s="99"/>
+      <c r="F18" s="100"/>
+      <c r="G18" s="100"/>
+      <c r="H18" s="100"/>
+      <c r="I18" s="100"/>
+      <c r="J18" s="100"/>
+      <c r="K18" s="100"/>
+      <c r="L18" s="101"/>
+    </row>
+    <row r="19" spans="1:12" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="20" spans="1:12" ht="14.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="51"/>
+      <c r="B20" s="51"/>
+      <c r="C20" s="51"/>
+      <c r="D20" s="134" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20" s="135"/>
+      <c r="F20" s="135"/>
+      <c r="G20" s="135"/>
+      <c r="H20" s="136"/>
+      <c r="I20" s="128" t="s">
+        <v>9</v>
+      </c>
+      <c r="J20" s="129"/>
+      <c r="K20" s="129"/>
+      <c r="L20" s="130"/>
+    </row>
+    <row r="21" spans="1:12" ht="18" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="142" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="143"/>
+      <c r="C21" s="22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="110" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="110"/>
+      <c r="G21" s="110"/>
+      <c r="H21" s="110"/>
+      <c r="I21" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="J21" s="125" t="s">
+        <v>15</v>
+      </c>
+      <c r="K21" s="125"/>
+      <c r="L21" s="126"/>
+    </row>
+    <row r="22" spans="1:12" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="144"/>
+      <c r="B22" s="145"/>
+      <c r="C22" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="D22" s="49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="165" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="165"/>
+      <c r="G22" s="165"/>
+      <c r="H22" s="165"/>
+      <c r="I22" s="37" t="s">
+        <v>14</v>
+      </c>
+      <c r="J22" s="123" t="s">
+        <v>15</v>
+      </c>
+      <c r="K22" s="123"/>
+      <c r="L22" s="124"/>
+    </row>
+    <row r="23" spans="1:12" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="131" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" s="132"/>
+      <c r="C23" s="133"/>
+      <c r="D23" s="52"/>
+      <c r="E23" s="53" t="s">
+        <v>18</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="G23" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="H23" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="I23" s="45" t="s">
+        <v>18</v>
+      </c>
+      <c r="J23" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="K23" s="54" t="s">
+        <v>20</v>
+      </c>
+      <c r="L23" s="44" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="57" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="131" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24" s="132"/>
+      <c r="C24" s="133"/>
+      <c r="D24" s="55"/>
+      <c r="E24" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="F24" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="G24" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="H24" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="I24" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="J24" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="K24" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L24" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="57"/>
+      <c r="B25" s="57"/>
+      <c r="C25" s="58"/>
+      <c r="D25" s="51"/>
+      <c r="E25" s="51"/>
+      <c r="F25" s="51"/>
+      <c r="G25" s="51"/>
+      <c r="H25" s="51"/>
+      <c r="I25" s="51"/>
+      <c r="J25" s="51"/>
+      <c r="K25" s="51"/>
+      <c r="L25" s="51"/>
+    </row>
+    <row r="26" spans="1:12" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="81" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" s="114" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26" s="59" t="s">
+        <v>24</v>
+      </c>
+      <c r="D26" s="60"/>
+      <c r="E26" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="F26" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G26" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H26" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="I26" s="117" t="s">
+        <v>25</v>
+      </c>
+      <c r="J26" s="118"/>
+      <c r="K26" s="108" t="s">
+        <v>26</v>
+      </c>
+      <c r="L26" s="109"/>
+    </row>
+    <row r="27" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="82"/>
+      <c r="B27" s="115"/>
+      <c r="C27" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D27" s="64"/>
+      <c r="E27" s="65" t="s">
+        <v>18</v>
+      </c>
+      <c r="F27" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G27" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H27" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I27" s="153" t="s">
+        <v>25</v>
+      </c>
+      <c r="J27" s="154"/>
+      <c r="K27" s="121" t="s">
+        <v>26</v>
+      </c>
+      <c r="L27" s="122"/>
+    </row>
+    <row r="28" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="82"/>
+      <c r="B28" s="115"/>
+      <c r="C28" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D28" s="64"/>
+      <c r="E28" s="65" t="s">
+        <v>18</v>
+      </c>
+      <c r="F28" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G28" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H28" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I28" s="153" t="s">
+        <v>25</v>
+      </c>
+      <c r="J28" s="154"/>
+      <c r="K28" s="121" t="s">
+        <v>26</v>
+      </c>
+      <c r="L28" s="122"/>
+    </row>
+    <row r="29" spans="1:12" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="82"/>
+      <c r="B29" s="116"/>
+      <c r="C29" s="159" t="s">
+        <v>27</v>
+      </c>
+      <c r="D29" s="160"/>
+      <c r="E29" s="53" t="s">
+        <v>18</v>
+      </c>
+      <c r="F29" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G29" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="H29" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="I29" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="J29" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="K29" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L29" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="82"/>
+      <c r="B30" s="114" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30" s="59" t="s">
+        <v>24</v>
+      </c>
+      <c r="D30" s="60"/>
+      <c r="E30" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="F30" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G30" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H30" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="I30" s="117" t="s">
+        <v>25</v>
+      </c>
+      <c r="J30" s="118"/>
+      <c r="K30" s="108" t="s">
+        <v>26</v>
+      </c>
+      <c r="L30" s="109"/>
+    </row>
+    <row r="31" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="82"/>
+      <c r="B31" s="115"/>
+      <c r="C31" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D31" s="64"/>
+      <c r="E31" s="65" t="s">
+        <v>18</v>
+      </c>
+      <c r="F31" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G31" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H31" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I31" s="153" t="s">
+        <v>25</v>
+      </c>
+      <c r="J31" s="154"/>
+      <c r="K31" s="121" t="s">
+        <v>26</v>
+      </c>
+      <c r="L31" s="122"/>
+    </row>
+    <row r="32" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="82"/>
+      <c r="B32" s="115"/>
+      <c r="C32" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D32" s="64"/>
+      <c r="E32" s="65" t="s">
+        <v>18</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G32" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H32" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I32" s="153" t="s">
+        <v>25</v>
+      </c>
+      <c r="J32" s="154"/>
+      <c r="K32" s="121" t="s">
+        <v>26</v>
+      </c>
+      <c r="L32" s="122"/>
+    </row>
+    <row r="33" spans="1:12" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="83"/>
+      <c r="B33" s="116"/>
+      <c r="C33" s="159" t="s">
+        <v>27</v>
+      </c>
+      <c r="D33" s="160"/>
+      <c r="E33" s="53" t="s">
+        <v>18</v>
+      </c>
+      <c r="F33" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G33" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="H33" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="I33" s="46" t="s">
+        <v>18</v>
+      </c>
+      <c r="J33" s="47" t="s">
+        <v>19</v>
+      </c>
+      <c r="K33" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L33" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="81" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34" s="114" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="D34" s="60"/>
+      <c r="E34" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="F34" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G34" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H34" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="I34" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="J34" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="K34" s="70" t="s">
+        <v>20</v>
+      </c>
+      <c r="L34" s="28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="82"/>
+      <c r="B35" s="115"/>
+      <c r="C35" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D35" s="71"/>
+      <c r="E35" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="F35" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G35" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H35" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I35" s="73" t="s">
+        <v>18</v>
+      </c>
+      <c r="J35" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="K35" s="72" t="s">
+        <v>20</v>
+      </c>
+      <c r="L35" s="29" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="83"/>
+      <c r="B36" s="116"/>
+      <c r="C36" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D36" s="69"/>
+      <c r="E36" s="68" t="s">
+        <v>18</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G36" s="74" t="s">
+        <v>20</v>
+      </c>
+      <c r="H36" s="27" t="s">
+        <v>19</v>
+      </c>
+      <c r="I36" s="75" t="s">
+        <v>18</v>
+      </c>
+      <c r="J36" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="K36" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L36" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="81" t="s">
+        <v>31</v>
+      </c>
+      <c r="B37" s="114" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="D37" s="60"/>
+      <c r="E37" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="F37" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G37" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H37" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="I37" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="J37" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="K37" s="70" t="s">
+        <v>20</v>
+      </c>
+      <c r="L37" s="28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="82"/>
+      <c r="B38" s="115"/>
+      <c r="C38" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D38" s="71"/>
+      <c r="E38" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="F38" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G38" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H38" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I38" s="73" t="s">
+        <v>18</v>
+      </c>
+      <c r="J38" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="K38" s="72" t="s">
+        <v>20</v>
+      </c>
+      <c r="L38" s="29" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="82"/>
+      <c r="B39" s="116"/>
+      <c r="C39" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D39" s="76"/>
+      <c r="E39" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="F39" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G39" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="H39" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="I39" s="75" t="s">
+        <v>18</v>
+      </c>
+      <c r="J39" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="K39" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L39" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" ht="22.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="82"/>
+      <c r="B40" s="114" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="D40" s="60"/>
+      <c r="E40" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="F40" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G40" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H40" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="I40" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="J40" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="K40" s="70" t="s">
+        <v>20</v>
+      </c>
+      <c r="L40" s="28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="82"/>
+      <c r="B41" s="115"/>
+      <c r="C41" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D41" s="71"/>
+      <c r="E41" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="F41" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G41" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H41" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I41" s="73" t="s">
+        <v>18</v>
+      </c>
+      <c r="J41" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="K41" s="72" t="s">
+        <v>20</v>
+      </c>
+      <c r="L41" s="29" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="82"/>
+      <c r="B42" s="116"/>
+      <c r="C42" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D42" s="76"/>
+      <c r="E42" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="F42" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G42" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="H42" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="I42" s="75" t="s">
+        <v>18</v>
+      </c>
+      <c r="J42" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="K42" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L42" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="82"/>
+      <c r="B43" s="114" t="s">
+        <v>34</v>
+      </c>
+      <c r="C43" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="D43" s="60"/>
+      <c r="E43" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G43" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H43" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="I43" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="J43" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="K43" s="70" t="s">
+        <v>20</v>
+      </c>
+      <c r="L43" s="28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="82"/>
+      <c r="B44" s="115"/>
+      <c r="C44" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D44" s="71"/>
+      <c r="E44" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="F44" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G44" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H44" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I44" s="73" t="s">
+        <v>18</v>
+      </c>
+      <c r="J44" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="K44" s="72" t="s">
+        <v>20</v>
+      </c>
+      <c r="L44" s="29" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="82"/>
+      <c r="B45" s="116"/>
+      <c r="C45" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D45" s="76"/>
+      <c r="E45" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="F45" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G45" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="H45" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="I45" s="75" t="s">
+        <v>18</v>
+      </c>
+      <c r="J45" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="K45" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L45" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" ht="24" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="82"/>
+      <c r="B46" s="114" t="s">
+        <v>35</v>
+      </c>
+      <c r="C46" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="D46" s="60"/>
+      <c r="E46" s="61" t="s">
+        <v>18</v>
+      </c>
+      <c r="F46" s="13" t="s">
+        <v>19</v>
+      </c>
+      <c r="G46" s="62" t="s">
+        <v>20</v>
+      </c>
+      <c r="H46" s="24" t="s">
+        <v>19</v>
+      </c>
+      <c r="I46" s="50" t="s">
+        <v>18</v>
+      </c>
+      <c r="J46" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="K46" s="70" t="s">
+        <v>20</v>
+      </c>
+      <c r="L46" s="28" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="82"/>
+      <c r="B47" s="115"/>
+      <c r="C47" s="63" t="s">
+        <v>24</v>
+      </c>
+      <c r="D47" s="71"/>
+      <c r="E47" s="63" t="s">
+        <v>18</v>
+      </c>
+      <c r="F47" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="G47" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="H47" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="I47" s="73" t="s">
+        <v>18</v>
+      </c>
+      <c r="J47" s="39" t="s">
+        <v>19</v>
+      </c>
+      <c r="K47" s="72" t="s">
+        <v>20</v>
+      </c>
+      <c r="L47" s="29" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="83"/>
+      <c r="B48" s="116"/>
+      <c r="C48" s="53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D48" s="76"/>
+      <c r="E48" s="77" t="s">
+        <v>18</v>
+      </c>
+      <c r="F48" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="G48" s="67" t="s">
+        <v>20</v>
+      </c>
+      <c r="H48" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="I48" s="75" t="s">
+        <v>18</v>
+      </c>
+      <c r="J48" s="40" t="s">
+        <v>19</v>
+      </c>
+      <c r="K48" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="L48" s="30" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="35"/>
+      <c r="B49" s="33"/>
+      <c r="C49" s="51"/>
+      <c r="D49" s="51"/>
+      <c r="E49" s="51"/>
+      <c r="F49" s="9"/>
+      <c r="G49" s="51"/>
+      <c r="H49" s="9"/>
+      <c r="I49" s="78"/>
+      <c r="J49" s="34"/>
+      <c r="K49" s="78"/>
+      <c r="L49" s="34"/>
+    </row>
+    <row r="50" spans="1:12" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="5"/>
+      <c r="B50" s="146" t="s">
+        <v>45</v>
+      </c>
+      <c r="C50" s="146"/>
+      <c r="D50" s="146"/>
+      <c r="E50" s="146"/>
+      <c r="F50" s="146"/>
+      <c r="G50" s="146"/>
+      <c r="H50" s="146"/>
+      <c r="I50" s="146"/>
+      <c r="J50" s="146"/>
+      <c r="K50" s="146"/>
+      <c r="L50" s="146"/>
+    </row>
+    <row r="51" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="5"/>
+      <c r="B51" s="146"/>
+      <c r="C51" s="146"/>
+      <c r="D51" s="146"/>
+      <c r="E51" s="146"/>
+      <c r="F51" s="146"/>
+      <c r="G51" s="146"/>
+      <c r="H51" s="146"/>
+      <c r="I51" s="146"/>
+      <c r="J51" s="146"/>
+      <c r="K51" s="146"/>
+      <c r="L51" s="146"/>
+    </row>
+    <row r="52" spans="1:12" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="5"/>
+      <c r="B52" s="146"/>
+      <c r="C52" s="146"/>
+      <c r="D52" s="146"/>
+      <c r="E52" s="146"/>
+      <c r="F52" s="146"/>
+      <c r="G52" s="146"/>
+      <c r="H52" s="146"/>
+      <c r="I52" s="146"/>
+      <c r="J52" s="146"/>
+      <c r="K52" s="146"/>
+      <c r="L52" s="146"/>
+    </row>
+    <row r="53" spans="1:12" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="5"/>
+      <c r="B53" s="6"/>
+      <c r="C53" s="7"/>
+      <c r="D53" s="7"/>
+      <c r="E53" s="7"/>
+      <c r="F53" s="7"/>
+      <c r="G53" s="7"/>
+      <c r="H53" s="7"/>
+      <c r="I53" s="7"/>
+      <c r="J53" s="7"/>
+      <c r="K53" s="7"/>
+      <c r="L53" s="7"/>
+    </row>
+    <row r="54" spans="1:12" ht="31.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="5"/>
+      <c r="B54" s="6"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="172" t="s">
+        <v>36</v>
+      </c>
+      <c r="E54" s="173"/>
+      <c r="F54" s="173"/>
+      <c r="G54" s="173"/>
+      <c r="H54" s="174"/>
+      <c r="I54" s="175" t="s">
+        <v>37</v>
+      </c>
+      <c r="J54" s="176"/>
+      <c r="K54" s="176"/>
+      <c r="L54" s="177"/>
+    </row>
+    <row r="55" spans="1:12" ht="14.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="5"/>
+      <c r="B55" s="5"/>
+      <c r="C55" s="8"/>
+      <c r="D55" s="41" t="s">
+        <v>38</v>
+      </c>
+      <c r="E55" s="180" t="s">
+        <v>39</v>
+      </c>
+      <c r="F55" s="180"/>
+      <c r="G55" s="180"/>
+      <c r="H55" s="180"/>
+      <c r="I55" s="42" t="s">
+        <v>40</v>
+      </c>
+      <c r="J55" s="180" t="s">
+        <v>15</v>
+      </c>
+      <c r="K55" s="181"/>
+      <c r="L55" s="182"/>
+    </row>
+    <row r="56" spans="1:12" ht="23.25" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="183" t="s">
+        <v>41</v>
+      </c>
+      <c r="B56" s="184"/>
+      <c r="C56" s="184"/>
+      <c r="D56" s="147"/>
+      <c r="E56" s="148"/>
+      <c r="F56" s="148"/>
+      <c r="G56" s="148"/>
+      <c r="H56" s="149"/>
+      <c r="I56" s="166" t="s">
+        <v>42</v>
+      </c>
+      <c r="J56" s="167"/>
+      <c r="K56" s="155" t="s">
+        <v>43</v>
+      </c>
+      <c r="L56" s="156"/>
+    </row>
+    <row r="57" spans="1:12" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="185"/>
+      <c r="B57" s="186"/>
+      <c r="C57" s="186"/>
+      <c r="D57" s="150"/>
+      <c r="E57" s="151"/>
+      <c r="F57" s="151"/>
+      <c r="G57" s="151"/>
+      <c r="H57" s="152"/>
+      <c r="I57" s="168"/>
+      <c r="J57" s="169"/>
+      <c r="K57" s="157"/>
+      <c r="L57" s="158"/>
+    </row>
+    <row r="58" spans="1:12" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="161" t="s">
         <v>44</v>
       </c>
-      <c r="B9" s="93"/>
-[...1219 lines deleted...]
-      <c r="L58" s="189"/>
+      <c r="B58" s="162"/>
+      <c r="C58" s="163"/>
+      <c r="D58" s="164"/>
+      <c r="E58" s="164"/>
+      <c r="F58" s="164"/>
+      <c r="G58" s="164"/>
+      <c r="H58" s="164"/>
+      <c r="I58" s="170"/>
+      <c r="J58" s="171"/>
+      <c r="K58" s="178"/>
+      <c r="L58" s="179"/>
     </row>
   </sheetData>
   <mergeCells count="62">
     <mergeCell ref="A58:C58"/>
     <mergeCell ref="D58:H58"/>
     <mergeCell ref="E22:H22"/>
     <mergeCell ref="I56:J57"/>
     <mergeCell ref="I58:J58"/>
     <mergeCell ref="D54:H54"/>
     <mergeCell ref="I54:L54"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="B26:B29"/>
     <mergeCell ref="I26:J26"/>
     <mergeCell ref="B34:B36"/>
     <mergeCell ref="K28:L28"/>
     <mergeCell ref="K58:L58"/>
     <mergeCell ref="E55:H55"/>
     <mergeCell ref="J55:L55"/>
     <mergeCell ref="A56:C57"/>
     <mergeCell ref="B50:L52"/>
     <mergeCell ref="D56:H57"/>
     <mergeCell ref="I27:J27"/>
     <mergeCell ref="K56:L56"/>
     <mergeCell ref="K57:L57"/>
     <mergeCell ref="B37:B39"/>
@@ -5333,207 +5343,178 @@
     <mergeCell ref="B46:B48"/>
     <mergeCell ref="I28:J28"/>
     <mergeCell ref="I31:J31"/>
     <mergeCell ref="K31:L31"/>
     <mergeCell ref="I32:J32"/>
     <mergeCell ref="K32:L32"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="A37:A48"/>
     <mergeCell ref="B40:B42"/>
     <mergeCell ref="A34:A36"/>
     <mergeCell ref="N14:R14"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="J22:L22"/>
     <mergeCell ref="J21:L21"/>
     <mergeCell ref="I14:I15"/>
     <mergeCell ref="I20:L20"/>
     <mergeCell ref="D14:H15"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="D20:H20"/>
     <mergeCell ref="A17:D18"/>
     <mergeCell ref="A14:C15"/>
     <mergeCell ref="A21:B22"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A1:E2"/>
     <mergeCell ref="A26:A33"/>
-    <mergeCell ref="G1:J4"/>
     <mergeCell ref="A9:D12"/>
     <mergeCell ref="E9:I9"/>
     <mergeCell ref="E10:I10"/>
     <mergeCell ref="E11:I11"/>
     <mergeCell ref="E12:I12"/>
     <mergeCell ref="E18:L18"/>
     <mergeCell ref="J14:L15"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="E21:H21"/>
     <mergeCell ref="E17:L17"/>
     <mergeCell ref="B30:B33"/>
     <mergeCell ref="I30:J30"/>
     <mergeCell ref="K30:L30"/>
+    <mergeCell ref="F1:I4"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
-  <pageMargins left="0.23622047244094491" right="0.27559055118110237" top="0.19685039370078741" bottom="0.19685039370078741" header="0.19685039370078741" footer="0.19685039370078741"/>
-[...1 lines deleted...]
-  <headerFooter alignWithMargins="0"/>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.59055118110236227" bottom="0.59055118110236227" header="0.59055118110236227" footer="0.19685039370078741"/>
+  <pageSetup paperSize="9" scale="62" orientation="portrait" r:id="rId1"/>
+  <headerFooter scaleWithDoc="0" alignWithMargins="0">
+    <oddFooter>&amp;LORM 2026d - Annexe 2.5&amp;R&amp;A</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E883AF2DBD17644F8D24D80267C4728F" ma:contentTypeVersion="11" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="452352fab095034ab65b885160b2c7e4">
-[...2 lines deleted...]
-    <xsd:import namespace="a39898fc-f31b-4f11-9326-7deac43f8bae"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100962EAE41692B39439AB3A55F0004EC0B" ma:contentTypeVersion="6" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="5369e88ab63585455c366ba0c6ebb8c5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a3e88c3a-e2a6-4a6d-8c89-83fa0e835710" xmlns:ns3="769d9db9-2f08-4d82-90ed-7a3ed9dc41d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7e79cc3670662cf240d638f70384fe81" ns2:_="" ns3:_="">
+    <xsd:import namespace="a3e88c3a-e2a6-4a6d-8c89-83fa0e835710"/>
+    <xsd:import namespace="769d9db9-2f08-4d82-90ed-7a3ed9dc41d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...9 lines deleted...]
-                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="15bcc463-51e0-423e-820e-a029a50ce08d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a3e88c3a-e2a6-4a6d-8c89-83fa0e835710" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoTags" ma:description="" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...21 lines deleted...]
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a39898fc-f31b-4f11-9326-7deac43f8bae" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="769d9db9-2f08-4d82-90ed-7a3ed9dc41d3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Partagé avec détails" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...3 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Type de contenu"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titre"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -5603,133 +5584,127 @@
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{76240B52-38B3-458A-A335-A06C7CCC19D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{069A66B5-C713-4FB2-A0C4-94EBAB0F3894}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="a39898fc-f31b-4f11-9326-7deac43f8bae"/>
+    <ds:schemaRef ds:uri="058fe251-43f9-4964-954b-f1ff3efb6751"/>
+    <ds:schemaRef ds:uri="e87dbd92-4534-45ec-b8d3-b7cc7775f373"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97908B9F-D19E-41BB-8A7E-524848895651}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2BF96B8B-45E6-4D1A-914E-35F07344D893}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
+  <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
-      <vt:lpstr>Feuil1!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>Prestations logistiques</vt:lpstr>
+      <vt:lpstr>'Prestations logistiques'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>SNCF</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>6710065Z</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100E883AF2DBD17644F8D24D80267C4728F</vt:lpwstr>
+    <vt:lpwstr>0x010100962EAE41692B39439AB3A55F0004EC0B</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_fb6c2d8a-efcc-437e-93d5-54cea663bf73_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_fb6c2d8a-efcc-437e-93d5-54cea663bf73_SetDate">
     <vt:lpwstr>2021-08-26T14:21:18Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_fb6c2d8a-efcc-437e-93d5-54cea663bf73_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_fb6c2d8a-efcc-437e-93d5-54cea663bf73_Name">
     <vt:lpwstr>Diffusable [sans marquage] temp</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_fb6c2d8a-efcc-437e-93d5-54cea663bf73_SiteId">
     <vt:lpwstr>4a7c8238-5799-4b16-9fc6-9ad8fce5a7d9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_fb6c2d8a-efcc-437e-93d5-54cea663bf73_ActionId">
     <vt:lpwstr>7d179bd2-8685-4e20-b73d-dae8d14d793d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_fb6c2d8a-efcc-437e-93d5-54cea663bf73_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>